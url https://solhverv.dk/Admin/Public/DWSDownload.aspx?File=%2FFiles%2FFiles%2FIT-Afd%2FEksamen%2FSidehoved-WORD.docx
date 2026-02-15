--- v0 (2025-11-05)
+++ v1 (2026-02-15)
@@ -278,103 +278,103 @@
             <w:r w:rsidR="001F2F51" w:rsidRPr="00382BC4">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/Årsprøve</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2358" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="41E29B8D" w14:textId="77777777" w:rsidR="002E1127" w:rsidRPr="00382BC4" w:rsidRDefault="002E1127" w:rsidP="009A6C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2D765514" w14:textId="5D58D97A" w:rsidR="002E1127" w:rsidRPr="00382BC4" w:rsidRDefault="002E1127" w:rsidP="00206F03">
+          <w:p w14:paraId="2D765514" w14:textId="21C1F935" w:rsidR="002E1127" w:rsidRPr="00382BC4" w:rsidRDefault="002E1127" w:rsidP="00206F03">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00382BC4">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dato:       /</w:t>
             </w:r>
             <w:r w:rsidR="00DA3915">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00382BC4">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">    20</w:t>
             </w:r>
             <w:r w:rsidR="0078735F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00AC1802">
-[...6 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="00E77A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008220B1" w14:paraId="47825C49" w14:textId="77777777" w:rsidTr="00382BC4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40C1515D" w14:textId="7D66EAB2" w:rsidR="008220B1" w:rsidRPr="00382BC4" w:rsidRDefault="008220B1" w:rsidP="008220B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00382BC4">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1090,80 +1090,82 @@
     <w:rsid w:val="00410BC8"/>
     <w:rsid w:val="00415241"/>
     <w:rsid w:val="00434C53"/>
     <w:rsid w:val="004371E1"/>
     <w:rsid w:val="00460E88"/>
     <w:rsid w:val="00467DE8"/>
     <w:rsid w:val="00497668"/>
     <w:rsid w:val="004B1A78"/>
     <w:rsid w:val="00511B6E"/>
     <w:rsid w:val="00544279"/>
     <w:rsid w:val="005445EE"/>
     <w:rsid w:val="005D04E0"/>
     <w:rsid w:val="006113B1"/>
     <w:rsid w:val="00633589"/>
     <w:rsid w:val="00741636"/>
     <w:rsid w:val="00755D29"/>
     <w:rsid w:val="0078735F"/>
     <w:rsid w:val="007960EE"/>
     <w:rsid w:val="007A2974"/>
     <w:rsid w:val="007A4261"/>
     <w:rsid w:val="007E5AFE"/>
     <w:rsid w:val="007F3E85"/>
     <w:rsid w:val="008220B1"/>
     <w:rsid w:val="00827922"/>
     <w:rsid w:val="00843E66"/>
+    <w:rsid w:val="008C2E89"/>
     <w:rsid w:val="009249A3"/>
     <w:rsid w:val="0098286D"/>
     <w:rsid w:val="009A6C15"/>
     <w:rsid w:val="009B7B6B"/>
     <w:rsid w:val="009E2B32"/>
     <w:rsid w:val="009E4AB3"/>
     <w:rsid w:val="00A015B6"/>
     <w:rsid w:val="00A75A8A"/>
     <w:rsid w:val="00AC1802"/>
     <w:rsid w:val="00AC1971"/>
     <w:rsid w:val="00AC22FD"/>
     <w:rsid w:val="00AF46B5"/>
     <w:rsid w:val="00B03B6A"/>
     <w:rsid w:val="00B03CA6"/>
     <w:rsid w:val="00B03D66"/>
     <w:rsid w:val="00B25E68"/>
     <w:rsid w:val="00B25FA6"/>
     <w:rsid w:val="00B31E4B"/>
     <w:rsid w:val="00B453C8"/>
     <w:rsid w:val="00B7084A"/>
     <w:rsid w:val="00BA4AF1"/>
     <w:rsid w:val="00BB6059"/>
     <w:rsid w:val="00C841A0"/>
     <w:rsid w:val="00C91864"/>
     <w:rsid w:val="00D249E1"/>
     <w:rsid w:val="00D32B5B"/>
     <w:rsid w:val="00D733D1"/>
     <w:rsid w:val="00D75324"/>
     <w:rsid w:val="00DA3915"/>
     <w:rsid w:val="00E12BF1"/>
+    <w:rsid w:val="00E77A00"/>
     <w:rsid w:val="00F00E08"/>
     <w:rsid w:val="00FF0A5A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="da-DK"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>